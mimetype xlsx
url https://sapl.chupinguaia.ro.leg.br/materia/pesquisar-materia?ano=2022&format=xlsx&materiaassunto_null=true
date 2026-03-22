--- v0 (2025-12-06)
+++ v1 (2026-03-22)
@@ -54,2298 +54,2298 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Sheila Flávia Anselmo Mosso</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre  o valor do salário mínimo a vigorar  a partir de 1° de janeiro de 2022, no âmbito do Município de Chupinguaia no estado de Rondônia e dá outras providencias.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial_x000D_
 	_x000D_
 	Artigo 1o.- Fica aberto no orçamento vigente, um crédito adicional especial na_x000D_
 importância de R$ 3.546.522,60 distribuídos as seguintes dotações:</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/109/pl_2700_2022_financas_e_orcamentos.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/109/pl_2700_2022_financas_e_orcamentos.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial por tendência de excesso de arrecadação_x000D_
 _x000D_
 _x000D_
 	             Artigo 1o.- Fica aberto no orçamento vigente, um crédito adicional especial na	importância de R$ 3.136.722,00 distribuídos as seguintes dotações:</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/110/pl_2701_2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/110/pl_2701_2022.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial por superávit financeiro no valor de R$ 181.738,64</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/136/transp_escolar_indenizacoes_e_restituicoes.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/136/transp_escolar_indenizacoes_e_restituicoes.docx</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial por superávit financeiro no valor de R$ 620.931,46 (Seiscentos e vinte mil, novecentos e trinta e um reais, quarenta e seis centavos) no vigente orçamento-programa.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei-04.pdf</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei-04.pdf</t>
   </si>
   <si>
     <t>EMENTA ESTABELECE NORMAS GERAIS E_x000D_
 CRITERIOS BASICOS PARA A PROMOÇAO DA_x000D_
 ACESSIBILIDADE DAS PESSOAS PORTADORAS DE_x000D_
 DEFICIÊNCIA OU COM MOBILIDADE REDUZIDA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei-06.pdf</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei-06.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR REPASSE DE_x000D_
 SUBVENÇÃO SOCIAL, PARA ASSOCIAÇÃO ASSISTÊNCIAL A_x000D_
 SÁUDE SÃO DANIEL COMBONI, E DÁ OUTRAS_x000D_
 PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial no valor de R$ 98.700,00</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/183/projeto_de_lei_2.714_semed_semad__fmia_r_352.00000_3.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/183/projeto_de_lei_2.714_semed_semad__fmia_r_352.00000_3.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial no valor de R$ 352.000,00</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_2.715_especial_ambulancia_excessio_r_209.31400_2.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_2.715_especial_ambulancia_excessio_r_209.31400_2.docx</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial por excesso de arrecadação no valor de R$ 209.314,00 no vigente orçamento-programa.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_le_i_2716_especial_saude_r_544.73705.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_le_i_2716_especial_saude_r_544.73705.docx</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial por anulação de despesas no valor de R$ 544.737,05, no vigente orçamento-programa.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_lei_2.717_especial_saude_r_177.11368.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_lei_2.717_especial_saude_r_177.11368.docx</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial por superávit financeiro no valor de R$ 177.113,68, no vigente orçamento-programa.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_no_2.718-_altera_e_acrescenta_o_art._89_e_96_e_acrescenta_o_paragrafo_uncio_da_lei_compelmentar_02_-2012_auxilio_inspecao.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_no_2.718-_altera_e_acrescenta_o_art._89_e_96_e_acrescenta_o_paragrafo_uncio_da_lei_compelmentar_02_-2012_auxilio_inspecao.docx</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO V AO ARTIGO 89 E ACRESCENTA § 6º AO ARTIGO 95, E ALTERA O ARTIGO 96 E ACRESCENTA PARÁGRAFO ÚNICO QUE “DISPÕE DOS AUXILIOS” DA LEI COMPLEMENTAR Nº.2, DE 22 DE JUNHO DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_2719.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_2719.docx</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial por excesso de arrecadação no valor de R$ 182.000,00 no vigente orçamento-programa.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_lei_2.720_especial_contrib_-camara_r_163_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_lei_2.720_especial_contrib_-camara_r_163_1.docx</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial por anulação de despesas no valor de R$ 163.348,02, no vigente orçamento-programa.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_no._2.721_altera_a_lei_no._no._2414_-_2021_-_alterada-_pela_lei_no._2.194_-2018_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_no._2.721_altera_a_lei_no._no._2414_-_2021_-_alterada-_pela_lei_no._2.194_-2018_1.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO NA LEI Nº. 2.414, DE 08 DE FEVEREIRO DE 2021, QUE ALTEROU A LEI Nº.  2.194 DE 06 DE DEZEMBRO DE 2018, QUE DISPÕE SOBRE A CRIAÇÃO DA TAXA DE ABATE DE ANIMAIS BOVINOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_2.723_semas.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_2.723_semas.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito  especial por superávit financeiro no valor de R$ 188.801,25.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_lei_2724_especial_convenio_calcada_e_parque_infantil_r.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_lei_2724_especial_convenio_calcada_e_parque_infantil_r.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abertura de crédito especial no valor de R$ 669.296,20 no vigente orçamento-programa.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_de_lei_semplan_e_saude_r_183.88755_2_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_de_lei_semplan_e_saude_r_183.88755_2_1.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial por superávit financeiro no valor de R$ 183.887,55</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>Antonio Francisco Bertozzi</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_denominacao_da_farmacia.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_denominacao_da_farmacia.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre denominação da farmácia básica localizada no município de Chupinguaia/RO”</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_saude_-semed_r_325.00000.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_saude_-semed_r_325.00000.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito  especial por superávit financeiro no valor de R$ 325.000,00</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/219/p.l_2.233_lar_dos_idosos_vilhena.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/219/p.l_2.233_lar_dos_idosos_vilhena.docx</t>
   </si>
   <si>
     <t>AUTORIZA O REPASSE DE SUBVENÇÃO SOCIAL, PARA O LAR DOS IDOSOS MARIA TERESA DA LAMARTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_2.734_saude_tec_i_r_74.40000.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_2.734_saude_tec_i_r_74.40000.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito  especial por superávit financeiro no valor de R$ 74.400,00</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_2.735_transp_escolar_exc_r_429.51483.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_2.735_transp_escolar_exc_r_429.51483.docx</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de credito suplementar por excesso de dotação no valor de R$ 429.514,83, no vigente orçamento-programa.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_2.736_especial_convenio_educacao_play_mais_e_atitude_saudavel_r432.30340_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_2.736_especial_convenio_educacao_play_mais_e_atitude_saudavel_r432.30340_1.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abertura de crédito especial no valor de R$ 432.303,40 no vigente orçamento-programa.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_2.737_especial_semad_saae_saude_2.737.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_2.737_especial_semad_saae_saude_2.737.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por superávit financeiro no valor de R$ 590.162,00</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_2.738_suplementar_motocicletas_saude_r_79.32600_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_2.738_suplementar_motocicletas_saude_r_79.32600_1.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito suplementar no         valor de R$ 79.326,00</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_ginasio_por_anulacao_r_288.82007_3_2.739.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_ginasio_por_anulacao_r_288.82007_3_2.739.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por anulação de dotação no valor de R$ 288.820,07</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_semectur_ginasio_r_431.40787_3_2.740.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_semectur_ginasio_r_431.40787_3_2.740.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por superávit financeiro no valor de R$ 431.407,87</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_no._2.741_16-2021_-_semosp_-_doacao_de_lote_camara_municipal_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_no._2.741_16-2021_-_semosp_-_doacao_de_lote_camara_municipal_1.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº. 203, DE 25 DE JUNHO DE 2001, QUE “AUTORIZA O PODER EXECUTIVO A DOAR OS LOTES 03, 04, 05, 06, 14, 15, 16 E 17 DA QUADRA 42 PARA A CÂMARA, DOSP E FEFA/RO”, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_2.747dev_saldo_conv_veiculo_r_11.68000_2.dotx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_2.747dev_saldo_conv_veiculo_r_11.68000_2.dotx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por anulação no valor de R$ 11.680,00</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_lei_2.748_saude_excesso_r_1.591.29660.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_lei_2.748_saude_excesso_r_1.591.29660.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por excesso de arrecadação no valor de R$ 1.591.296,00</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/246/2.749contra_partida_da_ambulancia.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/246/2.749contra_partida_da_ambulancia.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por anulação de dotação no valor de R$ 62.000,00</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_2.750contrap_convenio_r_403.69212.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_2.750contrap_convenio_r_403.69212.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por superávit no valor de R$ 403.692,12</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_2.751contrap_convenio_r_403.69212_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_2.751contrap_convenio_r_403.69212_1.docx</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_2.752camara_anulacao_r_157.00000.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_2.752camara_anulacao_r_157.00000.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito suplementar por anulação de dotação no valor de R$ 157.000,00</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_2.753camara_superavti_r_40.00000.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_2.753camara_superavti_r_40.00000.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial por superávit financeiro no valor de R$ 40.000,00</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_r_194.32153.__p.l_2.754.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_r_194.32153.__p.l_2.754.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por anulação de dotação no valor de R$ 194.321,53</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/252/prpjeto_de_lei_no._2.755_-_prestacao_de_servico_-_semas_-_chamamento_publico_3.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/252/prpjeto_de_lei_no._2.755_-_prestacao_de_servico_-_semas_-_chamamento_publico_3.docx</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CHUPINGUAIA/RO - PODER EXECUTIVO A PROMOVER O CREDENCIAMENTO DE PESSOAS FÍSICAS POR PLANTÃO, NOS TERMOS DA LEI 1517/2014 ALTERADA PELA LEI 2241/2019,  MEDIANTE CHAMAMENTO PÚBLICO, PARA A CONTRATAÇÃO DE SERVIÇOS DE INTERESSE DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/253/prpjeto_de_lei_no._2.756_-_prestacao_de_servico_-_semusa_-_licitacao.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/253/prpjeto_de_lei_no._2.756_-_prestacao_de_servico_-_semusa_-_licitacao.docx</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CHUPINGUAIA/RO - PODER EXECUTIVO A PROMOVER CONTRATAÇÃO DE EMPRESA GERENCIADORA  DE PRESTAÇÃO SERVIÇOS DE MÉDICOS  PARA ATENDER AS UNIDADES DE SAÚDE DO MUNICÍPIO, EM ESPECIAL, A UNIDADE MISTA JOSE IVALDO DE SOUZA NA CLÍNICA MÉDICA E NO TRANSPORTE DE PACIENTES REGULADOS E AFINS ATRAVÉS DE PROCESSO LICITATÓRIO DE INTERESSE DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_d_ele_2.759_i_terreno_r_800.00000_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_d_ele_2.759_i_terreno_r_800.00000_1.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial no valor de R$ 800.000,00</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/266/prpjeto_de_lei_no._2.760_acs.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/266/prpjeto_de_lei_no._2.760_acs.docx</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I, E IV DA LEI Nº 456, DE 7 DE NOVEMBRO DE 2005,  ALTERADA PELA LEI Nº. 959/2010, 1.231/2011,1.626/2014, 2.216/2019, 2.291/2019 QUE:  “DISPÕE SOBRE O PISO SALARIAL DAS CARREIRAS DOS AGENTES COMUNITÁRIOS DE SAÚDE, AGENTES DE ENDEMIAS – ESF , E AGENTES RURAL DE SAÚDE”, NOS TERMOS DA EMENDA CONSTITUCIONAL Nº. 120, DE 05 DE MAIO DE 2022, QUE ACRESCENTA OS §§ 7º, 8º, 9º, 10 E 11 AO ART. 198 DA CF/88,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/267/projeto_de_lei_2.761_especial_superavit_semfaz_obras_r_16.16946_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/267/projeto_de_lei_2.761_especial_superavit_semfaz_obras_r_16.16946_1.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por superávit financeiro no valor de R$ 16.169,46</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_2.762_saude_e_obras_r_490.06321.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_2.762_saude_e_obras_r_490.06321.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por anulação de dotação no valor de R$ 490.063,21</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/269/projeto_de_lei_2.763_semosp_r_757.20478_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/269/projeto_de_lei_2.763_semosp_r_757.20478_1.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito suplementar por anulação de dotação no valor de R$ 757.204,78.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_no._2.764_-_aquisicao_de_imovel_ok.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_no._2.764_-_aquisicao_de_imovel_ok.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO, EM NOME DO MUNICÍPIO DE CHUPINGUAIA/RO, A ADQUIRIR A TÍTULO ONEROSO O IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_2.765_doacao_terreno_forum_digital.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_2.765_doacao_terreno_forum_digital.docx</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A DOAR UMA ÁREA MEDINDO 2.520 M² PARA A INSTALAÇÃO DE PRÉDIO DO FÓRUM DIGITAL AO ESTADO DE RONDÔNIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_lei_2.766_equipamentos_r_350.00000.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_lei_2.766_equipamentos_r_350.00000.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial no valor de R$ 350.000,00</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/273/projeto_de_lei_2.667_saude_r_225.45803.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/273/projeto_de_lei_2.667_saude_r_225.45803.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito suplementar por anulação de dotação no valor de R$ 225.458,03</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/274/projeto_de_lei_2.768_saude_63.20000.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/274/projeto_de_lei_2.768_saude_63.20000.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por anulação de despesas no valor de R$ 63.200,00</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_ppa_2022-2025_1.doc</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_ppa_2022-2025_1.doc</t>
   </si>
   <si>
     <t>“Altera o Plano Plurianual para o _x000D_
 quadriênio 2022/2025 ”.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/279/proejto_na_2.772_repasse_apae_r_100.00000.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/279/proejto_na_2.772_repasse_apae_r_100.00000.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por excesso de arrecadação no valor de R$ 100.000,00</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_de_lei_2.775_i_devolu_sd_campo_r_53.63785.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_de_lei_2.775_i_devolu_sd_campo_r_53.63785.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito especial por superávit financeiro no valor de R$ 53.637,85.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/293/projeto_de_lei_2.776_saude_r_235.33641.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/293/projeto_de_lei_2.776_saude_r_235.33641.docx</t>
   </si>
   <si>
     <t>Abre no orçamento vigente no valor de R$ 235.336,41.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_2.786.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_2.786.docx</t>
   </si>
   <si>
     <t>ALTERA-SE O ANEXO V, DA LEI 456/2005 , ALTERADA PELA LEI Nº. 1942 DE 23 DE FEVEREIRO DE 2017.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Idenei Dummer</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/166/requuerimento_01-2022_idenei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/166/requuerimento_01-2022_idenei.docx</t>
   </si>
   <si>
     <t>Venho através de este requerimento solicitar que o Presidente Desta Casa de Lei Antônio Francisco Bertozzi, juntamente com os Vereadores, Éderson Luis Fassicolo, Fernando Pereira da Silva e Rubens dos Santos Pereira. Façam a restituição de meia diária no valor de 250,00 reais retirada no dia 14 de fevereiro de 2022, para cidade de Porto -Velho,enquanto cumpriram com o  regimento dessa Casa de Lei estando em sessão ordinária ate as 11: 00 Hrs da manhã. Conforme comprovante em anexo do portal da transparência.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CRJ - Comissão de Redação e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/156/pl_2.709_2022_crj_redacao_e_justica_acessibilidade.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/156/pl_2.709_2022_crj_redacao_e_justica_acessibilidade.docx</t>
   </si>
   <si>
     <t>Estabelece normas gerais e critérios básicos para a promoção da acessibilidade das pessoas portadora de deficiências ou com mobilidade reduzida e dá outras providências.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/157/pl_2.710_2022_crj_redacao_e_justica__daniel_combone.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/157/pl_2.710_2022_crj_redacao_e_justica__daniel_combone.docx</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a efetuar o repasse de subvenção social, para a associação assistencial a saúde São Daniel Comboni, e dá outras providencia</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/242/pl_2.741_2022_crj__doacao_d_tereno.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/242/pl_2.741_2022_crj__doacao_d_tereno.docx</t>
   </si>
   <si>
     <t>Altera o dispositivo da Lei n° 203 de 25 de junho de 2001, que autoriza o poder Executivo a doar os lotes 03, 04, 05,06, 14, 15, 16 e 17 da quadra 42 para Câmara, SEMOSP, e FEFA/RO  e da outras providencias.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/243/pl_2.742_2022_crj__doacao_d_tereno.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/243/pl_2.742_2022_crj__doacao_d_tereno.docx</t>
   </si>
   <si>
     <t>Autoriza o repasse de subvenção social, para Associação de Pais e Amigos de Excepcionais APAE e da outras providencias.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_toninho_001.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_toninho_001.docx</t>
   </si>
   <si>
     <t>-Solicito ao Executivo em caráter de urgência a adequação do Piso Salarial dos Professores.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_toninho_002.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_toninho_002.docx</t>
   </si>
   <si>
     <t>-Solicito ao Executivo dentro das possibilidades que seja feita a compra de Materiais Pedagógicos e dois Ar Condicionados para a Associação Apae</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Ederson Luiz Fassicolo</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/111/004_2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/111/004_2022.docx</t>
   </si>
   <si>
     <t>- Solicita-se ao Executivo O Patrolamento, Cascalhamento  e reabertura lateral da kapa 42, que liga Nova Andradina, linha 90 e Novo plano.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/112/005_eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/112/005_eder.docx</t>
   </si>
   <si>
     <t>- Solicita-se ao Executivo que seja realizado a reforma do centro recreativo do distrito de Boa Esperança  juntamente com a implantação do ( CRAS) centro de referência da assistência social.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/113/006_eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/113/006_eder.docx</t>
   </si>
   <si>
     <t>- Solicita-se ao Executivo a criação com documentação do distrito de Boa Esperança.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/122/007_idenei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/122/007_idenei.docx</t>
   </si>
   <si>
     <t>- Solicito para que dentro das possibilidades, seja feito a construção de uma nova ponte sobre o Rio Pimenta, na LH 90 ligando Boa Esperança e Nova Andradina.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/123/008_idenei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/123/008_idenei.docx</t>
   </si>
   <si>
     <t>Solicito para que dentro das possibilidades, seja instalados alambrados no em torno do campo de areia da Praça do Bairro Cidade Alta em Chupinguaia.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/124/009_idenei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/124/009_idenei.docx</t>
   </si>
   <si>
     <t>Solicito para que dentro das possibilidades, seja feito a contratação de mais médicos plantonistas, e ampliar a equipe da farmácia popular do Município.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Maria do Guaporé</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_10_ver_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_10_ver_maria.docx</t>
   </si>
   <si>
     <t>Solicito a Secretaria de Obras que seja feito a limpeza do Distrito do Guaporé.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_12.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_12.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo juntamente com a Secretaria de Obras que seja feito a reabertura da estrada kapa 82,5 na linha da Toshiba no Distrito do Guaporé Município de Chupinguaia.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ronaldo Barbosa dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_14-2022-_quebra-molas_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_14-2022-_quebra-molas_ronaldo.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de providenciar quebra-molas e tampar os buracos na Rua do Boi do Município de Chupinguaia.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_15-2022-_quebra-molas_av.25_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_15-2022-_quebra-molas_av.25_ronaldo.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de providenciar quebra-molas na Avenida 25 Cidade  Alta  e 01(um) quebra-molas uma quadra antes da Praça da Coab do Município de Chupinguaia.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Vanderci de Paula Campos</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/125/017_vanderci.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/125/017_vanderci.docx</t>
   </si>
   <si>
     <t>- Solicito ao executivo a reforma com extrema urgência na Escola Multisseriada Água viva, no Assentamento Maranatá (DISTRITO DE CHUPINGUAIA)</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_18-2022_ver_nei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_18-2022_ver_nei.docx</t>
   </si>
   <si>
     <t>Solicito para que dentro das possibilidades, seja feito um cercado de proteção com portão e cadeado no poço artesiano do Distrito do Guaporé.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_19-2022_nei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_19-2022_nei.docx</t>
   </si>
   <si>
     <t>Solicito para que dentro das possibilidades, seja feito uma tubulação de captação de águas e limpezas no Distrito de Nova Andradina.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_20-2022_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_20-2022_ronaldo.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo a possibilidade de providenciar cascalhamento nos pontos críticos da estrada próximo a Central Fazenda Pará do Município de Chupinguaia</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_212022_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_212022_maria.docx</t>
   </si>
   <si>
     <t>Solicito a Secretaria de Obras que seja feito a limpeza do quintal do antigo postinho de saúde no Distrito do Guaporé.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_22_2022_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_22_2022_maria.docx</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_23-2022_nei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_23-2022_nei.docx</t>
   </si>
   <si>
     <t>- Solicito para que dentro das possibilidades, seja feito a limpeza lateral, patrolamento e cascalhamento da LH 135, no Loteamento Terra Esperança no Distrito de Boa Esperança.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Fernando Pereira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_24-2022fernando_tapa_buracos.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_24-2022fernando_tapa_buracos.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo por intermédio da Secretaria Municipal de Obras que seja realizado o trabalho de “tapa buracos” nas Avenidas Airton Senna e Avenida J.Ribeiro no Distrito Novo Plano</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_025__eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_025__eder.docx</t>
   </si>
   <si>
     <t>Solicita-se ao Executivo a possibilidade de criar dois projetos de pontes de concreto, sendo uma delas para o Rio do Ouro que dá acesso do distrito de Boa Esperança até a Rodovia 495 sentido Vilhena e outra sobre o Rio Pimenta que liga Boa Esperança nova Andradina e Novo Plano.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_026__eder_2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_026__eder_2022.docx</t>
   </si>
   <si>
     <t>- Solicita-se ao Executivo juntamente com a Secretária do SAE ,a substituição dos canos do poço artesiano do Distrito de Boa Esperança ,substituindo-os por canos de alta pressão e a implantação de um motor gerador para que quando faltar energia ou estiver em meia fase ,ele possa ligar automaticamente para que não venha causar   transtornos a população.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/135/indicacao_027_2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/135/indicacao_027_2022.docx</t>
   </si>
   <si>
     <t>Solicita-se ao Executivo juntamente com a secretária de agricultura para que  venha atender o Porteira a Dentro no distrito de Boa Esperança, nova Andradina e região.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Rubens dos Santos  Pereira</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/137/028_rubens2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/137/028_rubens2022.docx</t>
   </si>
   <si>
     <t>Solicito ao Executivo juntamente com o Secretario de Obras para que seja feito o cascalhamento e a substituição da ponte de madeira por tubo Armco na linha 115 Guaporé Chupinguaia, sentido a chácara dos Custódios. E pedir para que seja feito um paliativo com caráter de urgência para amenizar a situação dos moradores desse local.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/138/029_rubens2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/138/029_rubens2022.docx</t>
   </si>
   <si>
     <t>Solicito que seja disponibilizado agente de saúde para as linhas 32,36,38,40,43 no Distrito de Novo Plano.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/139/030_ronaldo_2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/139/030_ronaldo_2022.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de providenciar o cascalhamento e patrolamento do Setor Chacareiro da Linha 120 e na Av. Osvaldo Bertozzi que dá acesso ao Antigo Moto Clube do Município de Chupinguaia</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/140/031_ronaldo_2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/140/031_ronaldo_2022.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo a possibilidade de providenciar, uma limpeza no Cemitério do Município de Chupinguaia</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/141/032_vanderci2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/141/032_vanderci2022.docx</t>
   </si>
   <si>
     <t>1.	Indico em caráter de urgência, que dentro das possibilidades seja feito instalação de academia ao ar livre na Praça de TURISMO e LAZER, localizada no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Denilson Ramos da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/142/033_denilsom2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/142/033_denilsom2022.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo que dentro das possibilidades solicite da Secretaria de Saúde que seja criado um plano de ação para aumentar a remuneração dos funcionários da saúde.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/143/034_denilsom2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/143/034_denilsom2022.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo que dentro das possibilidades solicite da Secretaria de Educação a viabilidade de deferir o adicional de insalubridade em grau médio para as merendeiras e trabalhadoras de limpeza e higienização de banheiros das escolas Municipais</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>1.	Indico a, senhora prefeita ou ao órgão competente, que dentro das formas regimental, seja construído um posto de atendimento medico setor 10 ou se possível o  programa saúde da família (P.S.F) naquela localidade .</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/145/036_fernando2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/145/036_fernando2022.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo por intermédio da Secretaria Municipal de Obras o patrolamento, cascalhamento dos morros e pontos críticos, limpezas laterais e saídas de água da Kapa 46, linha 110, Kapa 44 e Linha 115 sentido às fazendas Primavera e Expresso Barretos no Distrito Novo Plano.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/146/037_tonimho2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/146/037_tonimho2022.docx</t>
   </si>
   <si>
     <t>-Solicito ao Executivo dentro das possibilidades que faça o patrolamento da placa da onça até o Distrito do Corgão.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/147/038_denilsom2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/147/038_denilsom2022.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo que dentro das possibilidades solicite da secretaria de obras a aquisição de duas cascalheiras para o município.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_392022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_392022.docx</t>
   </si>
   <si>
     <t>Solicito a Excelentíssima Senhora Prefeita Dr. Sheila Flávia Anselmo Mosso dentro das possibilidades, a construção de uma creche na Rua Pimenta Bueno no terreno do antigo Posto de Saúde no Distrito Guaporé.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/149/040_maria2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/149/040_maria2022.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo juntamente com a Secretaria de Obras o cascalhamento e patrolamento da Rua Ovídio Miranda de Brito no Município de Chupinguaia.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/150/041_eder2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/150/041_eder2022.docx</t>
   </si>
   <si>
     <t>Solicita-se ao Executivo juntamente com a secretaria de obras o Patrolamento com saídas de agua da linha 105 sentido Boa Esperança e nova Andradina.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/151/042_eder2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/151/042_eder2022.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo que providencie a reforma geral da ESCOLA ANA PAULA MARQUES no distrito de Boa Esperança junto estar colocando o nome da Escola</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/152/043_eder2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/152/043_eder2022.docx</t>
   </si>
   <si>
     <t>- Solicita-se ao Executivo juntamente com o SAAE uma roçadeira permanente para o distrito de Boa Esperança.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/158/044_rubens2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/158/044_rubens2022.docx</t>
   </si>
   <si>
     <t>Solicito a Excelentíssima Senhora Prefeita Sheila Flávia Anselmo Mosso a compra de um telefone celular para o setor da tributação.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/159/045_denilsom_2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/159/045_denilsom_2022.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo que dentro das possibilidades possa realizar a iluminação com refletores no campo de futebol da aldeia indígena tubarão gleba.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/160/046_fernando2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/160/046_fernando2022.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo por intermédio das Secretarias de Obras e Administração a aquisição de duas roçadeiras motorizadas para atender o Distrito Novo Plano.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/161/047_ronaldo_c_2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/161/047_ronaldo_c_2022.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de providenciar, reforma da ponte do Rio Tanaruzinho sentido a Faz. Cajazeiras e construir uma ponte mista de concreto e ferro de uma mão só no Rio Água Preta sentido Corumbiara do Município de Chupinguaia.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/162/048_eder2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/162/048_eder2022.docx</t>
   </si>
   <si>
     <t>Solicita-se a Prefeita  juntamente com Executivo que seja colocado três quebra molas na avenida 23 no bairro cidade alta.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/163/049_eder2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/163/049_eder2022.docx</t>
   </si>
   <si>
     <t>- Solicita-se ao Executivo que seja feito o serviço de reparo para retirada do excesso de areia  na ponte sentido o careca e os demais chacareiros</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/180/050_toninho2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/180/050_toninho2022.docx</t>
   </si>
   <si>
     <t>Solicito ao Executivo que veja a possibilidade de fazer a restauração das estradas sentido á propriedade do Claudio, Pequeno, Chico do Espetinho, Sr. Chiquinho, José Sergio, Periquito, José Carlos, Max Delle, Mara e Binão, localizada na Linha 115.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/164/051_maria2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/164/051_maria2022.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo juntamente com a Secretaria de Obras a retro escavadeira para fazer a recuperação dos pontos críticos do assentamento canário no Município de Chupinguaia.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Solicito que dentro das possibilidades, seja providenciada a colocação de recipientes para resíduos sólidos (lixeira) na RO – 391, nas entradas da linha 85, linha 90 e saída do Distrito Guaporé sentido á Chupinguaia.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/165/053_maria2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/165/053_maria2022.docx</t>
   </si>
   <si>
     <t>Solicito que dentro das possibilidades, sejam instalados três pontos de espera de ônibus e carona na RO – 391, nas entradas da linha 85, linha 90 e saída do Distrito Guaporé sentido á Chupinguaia.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/173/054_idenei2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/173/054_idenei2022.docx</t>
   </si>
   <si>
     <t>- Solicito para que dentro das possibilidades, seja feito os testes da orelhinha e olhinho, dos recém nascidos no Município de Chupinguaia.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/174/055_idenei2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/174/055_idenei2022.docx</t>
   </si>
   <si>
     <t>Solicito para que dentro das possibilidades, seja providenciado o Analisador de Otoemissões, para o teste da orelhinha e o oftalmoscópio para teste do olhinho, para atender o Município de Chupinguaia.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/175/056_toninho2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/175/056_toninho2022.docx</t>
   </si>
   <si>
     <t>-Solicito ao Executivo que veja a possibilidade de se construir mais uma escola municipal.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/176/057_maria2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/176/057_maria2022.docx</t>
   </si>
   <si>
     <t>Solicito ao Secretário de saúde, que sejam providenciados aparelhos de celular para as UBSs dos distritos e para a sede do Município de Chupinguaia</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/177/058_maria2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/177/058_maria2022.docx</t>
   </si>
   <si>
     <t>Solicito que dentro das possibilidades, seja providenciada a colocação de recipientes para resíduos sólidos (lixeira) na UBS Salete Cordeiro no Distrito do Guaporé Município de Chupinguaia.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Solicito ao setor responsável  que dentro das possibilidades seja colocado braço com luminária no setor chacareiro (vale verde).</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/179/060eder2022.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/179/060eder2022.docx</t>
   </si>
   <si>
     <t>- Solicita-se ao Executivo que seja feito o serviço de cascalhamento dos pontos críticos da kapa 46 sentido a fazenda do Jair Piloto.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/194/061_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/194/061_fernando.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo por intermédio da Secretaria Municipal de Educação a construção do muro na Escola Cleberson Germinni no Distrito Novo Plano.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/195/062_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/195/062_fernando.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo por intermédio da Secretaria Municipal de Educação a manutenção dos aparelhos de ar condicionado bem como a substituição de janelas danificadas da Escola Cleberson Germinni no Distrito Novo Plano.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/196/063_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/196/063_ronaldo.docx</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/197/064_toninho.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/197/064_toninho.docx</t>
   </si>
   <si>
     <t>-Solicito ao Executivo que veja a possibilidade de fazer a restauração de um atoleiro na estrada sentido aos Baianos próximo aos bueiros do Fábio localizada na Linha 95.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/198/066_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/198/066_maria.docx</t>
   </si>
   <si>
     <t>Solicito ao Secretário de saúde, que seja trocado o telhado da UBS Salete Cordeiro no Distrito do Guaporé</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/199/067_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/199/067_maria.docx</t>
   </si>
   <si>
     <t>Solicito ao Secretário de Obras, que seja providenciado um braço com luminária para um poste na Av. São Cristóvão próximo ao escritório de advocacia Laux, no Distrito do Guaporé.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/200/068_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/200/068_maria.docx</t>
   </si>
   <si>
     <t>Solicito ao Secretário de Obras, que seja providenciado bueiros inteligentes (cesto coletor de metal com alças) para cada bueiro conforme sua medida no Município de Chupinguaia.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_11_ver_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_11_ver_maria.docx</t>
   </si>
   <si>
     <t>Solicito a Excelentíssima Senhora Prefeita que dentro das possibilidades, providencie com urgência um ajudante de serviços gerais para equipe do SAAE- Serviço Autônomo de água e Esgoto no Distrito Guaporé</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/209/086_maria_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/209/086_maria_1.docx</t>
   </si>
   <si>
     <t>Solicito ao Secretário de saúde, que seja providenciado 03 computadores para a UBS Salete Cordeiro 01 para a direção e 02 para as ACS Distrito do Guaporé Município de Chupinguaia.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/210/087_maria_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/210/087_maria_1.docx</t>
   </si>
   <si>
     <t>Solicito ao Secretário de educação, que seja providenciado material para educação física para escola Valter José Zanela Distrito do Guaporé Município de Chupinguaia</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/211/088_maria_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/211/088_maria_1.docx</t>
   </si>
   <si>
     <t>Solicito ao Secretário obras, que seja feito a padronização das calçadas no Município de Chupinguaia</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/212/089_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/212/089_ronaldo.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de patrolar a estrada que dá acesso ao antigo laticínio até a propriedade do Bianquini do Município de Chupinguaia.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/213/090_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/213/090_fernando.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo por intermédio das Secretarias Municipal de Administração e Planejamento a instalação de placas de sinalização e identificação das ruas e avenidas na sede do Município e Distrito Novo Plano</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/214/091_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/214/091_fernando.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder executivo, aditivos ao projeto da praça do distrito Novo Plano com a inclusão ao projeto da Praça do Distrito Novo plano uma pista de caminhada e um quiosque.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/215/092_eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/215/092_eder.docx</t>
   </si>
   <si>
     <t>Solicito que dentro das possibilidades seja implantado um Ar condicionado para a UBS Clemente Meurer .</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Solicito que dentro das possibilidades seja implantada uma subestação de  energia em frente a escola Ana Paula Marques e outra em frente o posto de saúde Clemente Meurer.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao_94_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao_94_maria.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo juntamente com a Secretaria de Obras a troca das luminárias e lâmpadas queimadas na praça da do Distrito do Guaporé</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/226/095_denilson_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/226/095_denilson_1.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo que dentro das possibilidades solicite da Secretaria de Obras que realize a recuperação do asfalto da esquina da Avenida Altino Manoel de Oliveira com a Rua Ovídio Miranda de Brito.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/233/096_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/233/096_maria.docx</t>
   </si>
   <si>
     <t>Solicito ao Secretário de Educação, que seja feito palestras educativas nas escolas dos distritos e na sede do Município com psicólogos, conselho Tutelar, psicopedagogos e professores de Educação Física.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao_97_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao_97_ronaldo.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de se fazer uma reforma na ponte do rio Tanaruzão sentido à Fazenda Bela Vista e Fazenda Primavera do Município de Chupinguaia.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_98_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_98_ronaldo.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de se fazer uma reforma nos banheiros do Barracão de festas no Distrito do Córgão do Município de Chupinguaia</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_99_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_99_ronaldo.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de trocar as pranchas que estão danificadas da ponte do Rio Chupinguaia do aterro da Usina do Município de Chupinguaia.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/230/100_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/230/100_fernando.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo por intermédio da Secretaria Municipal de Obras que sejam realizados os trabalhos de limpeza e pintura nos meio fio nas Avenidas Airton Senna, Avenida J.Ribeiro e na quadra de areia no Distrito Novo Plano</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/231/101_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/231/101_fernando.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo por intermédio da Secretaria Municipal de Administração que sejam instaladas luminárias na quadra de areia, bem como a revisão e a instalação de novas luminárias em locais onde ainda não possui iluminação pública, no Distrito Novo</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/232/102_toninho.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/232/102_toninho.docx</t>
   </si>
   <si>
     <t>-Solicito ao Executivo que veja a possibilidade de se colocar uma rede WI-FI de acesso liberado para o público no hospital José Ivaldo de Souza e na UBS Olaia.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/234/103_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/234/103_fernando.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo por intermédio da Secretaria Municipal de Administração que sejam instaladas placas de boas vindas semelhante a que temos na entrada da sede do município, nos Distritos Novo Plano e Boa Esperança.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/235/104_eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/235/104_eder.docx</t>
   </si>
   <si>
     <t>Solicito que dentro das possibilidades seja enviado um engenheiro elétrico para averiguação das instalações elétricas do ginásio de esportes Firmo Zenque dos Santos, do distrito de Boa Esperança.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/236/105_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/236/105_maria.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo juntamente com a Secretaria de Obras que dê andamento no trabalho de reabertura da estrada kapa 82,5 na linha da Toshiba no Distrito do Guaporé Município de Chupinguaia.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/237/107_eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/237/107_eder.docx</t>
   </si>
   <si>
     <t>Solicito que dentro das possibilidades seja enviado cascalho para ser jogado no pátio da policia militar da sede do município.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/254/112_toninho.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/254/112_toninho.docx</t>
   </si>
   <si>
     <t>-Solicito ao Executivo que veja a possibilidade de fazer a pintura das faixas de pedestre da Av. Primavera em frente a APAE e a da Rua Osvaldo Cruz em frente a Unidade básica de Saúde José Ivaldo de Souza</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/256/113_eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/256/113_eder.docx</t>
   </si>
   <si>
     <t>Solicito que dentro das possibilidades seja enviado 6 (seis) luminárias para o campo da Escola Jacob Arnaldo Pereira no Distrito de Nova Andradina.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/255/114_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/255/114_maria.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo juntamente com ao Secretario de Saúde que seja providenciado um fogão e uma geladeira para UBS Salete Cordeiro Distrito do Guaporé Município de Chupinguaia.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/258/115_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/258/115_maria.docx</t>
   </si>
   <si>
     <t>Indica-se que dentro das possibilidades, seja construído um Poço Artesiano no terreno que fica localizado atrás da UBS Salete Cordeiro no Distrito Guaporé.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/259/116_eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/259/116_eder.docx</t>
   </si>
   <si>
     <t>Solicito  ao Executivo que seja estudada a possibilidade  da criação de um projeto de lei  do Auxílio Saúde para beneficiar a todos os servidores públicos de nosso município.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/260/117_eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/260/117_eder.docx</t>
   </si>
   <si>
     <t>Solicito ao Executivo juntamente com a secretaria de planejamento para que dentro das possibilidades seja colocado no projeto do poço artesiano do Distrito de Boa Esperança, placas de energia solar para atender as demanadas do poço</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/261/118_rronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/261/118_rronaldo.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de se fazer o patrolamento e as saídas de água do Cruzamento que vai pra Fazenda Juliana até à Fazenda Bela Vista do Município de Chupinguaia.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/262/119_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/262/119_ronaldo.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de se fazer o rebaixamento e cascalhamento do morro do Senhor Ivo Shiavini do Município de Chupinguaia, sentido Distrito do Córgão.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/263/120_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/263/120_maria.docx</t>
   </si>
   <si>
     <t>Solicito a Excelentíssima Senhora Prefeita que dentro das possibilidades, providencie com urgência uma agencia de Correios no Distrito Guaporé.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/264/121_idenei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/264/121_idenei.docx</t>
   </si>
   <si>
     <t>- Solicito para que dentro das possibilidades, seja enviado um par de traves de futebol society, redes e bolas para Escola Ana Paula Marques no Distrito de Boa Esperança.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/275/122_toninho_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/275/122_toninho_1.docx</t>
   </si>
   <si>
     <t>Solicito ao executivo em nome dos vereadores Antônio Francisco Bertozzi e Ronaldo Barbosa dos Santos que veja a possibilidade de denominar a UBS do Distrito do Corgão em homenagem a um dos fundadores destes Distrito, Senhor; Lindolfo Bledow</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/276/123_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/276/123_ronaldo.docx</t>
   </si>
   <si>
     <t>- Indica-se ao Executivo a possibilidade de se fazer uma limpeza dos terrenos baldios, e em frente às casas do Município de Chupinguaia.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/277/124_vanderci.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/277/124_vanderci.docx</t>
   </si>
   <si>
     <t>- Solicito ao executivo  que faça a substituição  de duas  pontes da linha 135 maranáta 2 por tubos ARMCOS, com  urgência onde as mesma se encontra em péssimas condições  de uso  .</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/278/125_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/278/125_maria.docx</t>
   </si>
   <si>
     <t>Solicito ao Secretário de Obras, que seja feito a limpeza e patrolamento nas ruas do Distrito Guaporé do Município de Chupinguaia.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/280/126_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/280/126_maria.docx</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/282/127_denilsom.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/282/127_denilsom.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo que dentro das possibilidades seja realizado a reforma, e ampliação do salão do funerário da capela mortuária do município de chupinguaia, ampliação da sala de velório, de acesso público e geral, quarto para descanso, instalação sanitária: masculina e feminina, copa e cozinha com utensílios necessários.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/283/128_idenei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/283/128_idenei.docx</t>
   </si>
   <si>
     <t>- Solicito para que dentro das possibilidades, seja feito a acessibilidade para travessia de cadeirantes na faixa de pedestre em frente à Escola Ana Paula Marques no Distrito de Boa Esperança.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/284/129_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/284/129_fernando.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo em caráter de urgência por intermédio da Secretaria Municipal de Saúde a troca das calhas, implantação de lâmpadas de emergência para a  Unidade Básica de Saúde Ataíde José da Silva, Distrito Novo Plano.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/285/130_toninho.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/285/130_toninho.docx</t>
   </si>
   <si>
     <t>-Solicito ao Executivo que veja a possibilidade de fazer a aquisição de cadeiras e mesas para a UBS (Unidade Básica de Saúde) do distrito do Corgão.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/286/131_toninho.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/286/131_toninho.docx</t>
   </si>
   <si>
     <t>Solicito ao Executivo que veja a possibilidade de fazer a limpeza e a abertura dos bueiros das margens da linha 90.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/287/132_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/287/132_fernando.docx</t>
   </si>
   <si>
     <t>Solicito  ao Poder Executivo juntamente com a  Secretaria Municipal de Saúde , a possibilidade de providenciar um aparelho de raio x odontológico para a  Unidade Básica de Saúde Ataíde José da Silva, Distrito Novo Plano.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>Solicito ao Executivo que veja a possibilidade de providenciar um nobreak (Fonte Externa) para o aparelho de radiografia (Raio X) para a Unidade Mista José Ivaldo da Silva no Municipio de Chupinguaia.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/289/134_denilsom.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/289/134_denilsom.docx</t>
   </si>
   <si>
     <t>I.	Indica-se ao Executivo que dentro das possibilidades seja realizado uma reforma no cemitério municipal de chupinguaia, com  muros , calçamento, loteamento e iluminação adequada _x000D_
 II.	Solicito também a contratação de outro coveiro para o município.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/290/135_maria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/290/135_maria.docx</t>
   </si>
   <si>
     <t>Solicito a Prefeita e a Secretária de Educação, dentro das possibilidades seja instalada uma tenda na escola Valter José Zanella entre a cozinha e o refeitório.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/291/136_eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/291/136_eder.docx</t>
   </si>
   <si>
     <t>Solicito que dentro das possibilidades seja feito o cascalhamento da Linha 017 que da acesso a Fazenda Expresso Barretos.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/294/137_idenei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/294/137_idenei.docx</t>
   </si>
   <si>
     <t>- Solicito para que dentro das possibilidades, o recurso destinado ao Fitha seja aplicado em 2023 na construção e reforma da ponte sobre o Rio pimenta entre os Distritos de Boa Esperança e Nova Andradina.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/295/140_idenei.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/295/140_idenei.docx</t>
   </si>
   <si>
     <t>- Solicito para que dentro das possibilidades, seja providenciado um local e construir um campo de Futebol Sociayt para uso publico no Distrito do Guaporé.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/299/148_eder.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/299/148_eder.docx</t>
   </si>
   <si>
     <t>Solicito juntamente a secretaria de Obras que dentro das possibilidades seja feito o reparo das pranchas da ponte que da acesso a fazenda do Breda na kapa 50.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/297/149_toninho.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/297/149_toninho.docx</t>
   </si>
   <si>
     <t>Solicito ao Executivo que estude a possibilidade de se aumentar o valor do vale alimentação dos servidores municipais para o ano de 2023</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/300/150_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/300/150_ronaldo.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo a possibilidade de abrir uma estrada na Rua Tiradentes até a Av. 25 no Município de Chupinguaia</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/304/154_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/304/154_fernando.docx</t>
   </si>
   <si>
     <t>Indica-se ao Poder Executivo por intermédio da Secretaria Municipal de Administração que sejam instaladas luminárias na quadra e na praça do Distrito Novo Plano</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/305/155_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/305/155_ronaldo.docx</t>
   </si>
   <si>
     <t>Indica-se ao Executivo a possibilidade de adquirir uma Cadeira de Dentista, destinado ao Distrito do Córgão, juntamente com um profissional para atender uma vês por semana ou a cada 15 dias a Comunidade Local,  no Município de Chupinguaia.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/298/156_toninho.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/298/156_toninho.docx</t>
   </si>
   <si>
     <t>Solicito ao Executivo que estude a possibilidade de se fazer um retorno na Avenida Tancredo Neves em frente à casa Mortuária e outro em frente a Farmácia Droga Vida.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/301/151_vanderci.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/301/151_vanderci.docx</t>
   </si>
   <si>
     <t>1.	Solicito em caráter de urgência, que seja realizado Patrolamento, manutenção da RUA 04 BAIRRO CIDADE ALTA OBS; RUA DO JARARACA  onde se encontra em péssimas condições .</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/302/152_vanderci.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/302/152_vanderci.docx</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo que veja a possibilidade de se fazer um reajuste salarial  de 20%  dos conselheiros tutelares municipais de Chupinguaia</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/303/153_fernando.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/303/153_fernando.docx</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_toninho_003.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_toninho_003.docx</t>
   </si>
   <si>
     <t>Solicito ao Executivo dentro das possibilidades que seja providenciado a reivindicação de progressão dos professores municipais</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>OFICIO</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/153/oficio_18-2022-_dep._est._alan_de_queiroz_praca_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/153/oficio_18-2022-_dep._est._alan_de_queiroz_praca_ronaldo.docx</t>
   </si>
   <si>
     <t>possibilidade de destinar recurso no valor de 400.000,00 (Quatrocentos Mil reais) para construção de 01 (uma) praça no Bairro Jardim Acácia no Município de Chupinguaia.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/167/oficio_018_secretario_de_saude_toninho.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/167/oficio_018_secretario_de_saude_toninho.docx</t>
   </si>
   <si>
     <t>solicitar ao secretário de saúde a aquisição de um aparelho auditivo OTOREAD INTERACOUSTICS. Justifica-se este aparelho é de suma importância para atender a população  com deficiência auditiva do município.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/168/oficio_019_prefeita_sheila_toninho.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/168/oficio_019_prefeita_sheila_toninho.docx</t>
   </si>
   <si>
     <t>ao secretário de saúde a aquisição de um aparelho auditivo OTOREAD INTERACOUSTICS. Justifica-se este aparelho é de suma importância para atender a população com deficiência auditiva do município.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/169/oficio_18-2022-_dep._est._alan_de_queiroz_praca_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/169/oficio_18-2022-_dep._est._alan_de_queiroz_praca_ronaldo.docx</t>
   </si>
   <si>
     <t>aquisição do aparelho OTOREAD LANÇAMETO 2021 - INTERACOUSTICS</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/170/oficio_19_-_manutencao_da_gleba_canariomaria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/170/oficio_19_-_manutencao_da_gleba_canariomaria.docx</t>
   </si>
   <si>
     <t>solicitar com urgência ao Senhor Secretario a retro escavadeira para fazer a recuperação dos pontos críticos do assentamento canário.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/171/oficio_22_-_manutencao_do_setor_chmaria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/171/oficio_22_-_manutencao_do_setor_chmaria.docx</t>
   </si>
   <si>
     <t>venho através do presente, solicitar com urgência ao Senhor Secretario para fazer a recuperação da Linha Linha 115, setor chacareiro estrada do senhor Chico Constantino.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/172/oficio_24-_prefeitamaria.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/172/oficio_24-_prefeitamaria.docx</t>
   </si>
   <si>
     <t>venho através da presente, solicitar a excelentíssima Prefeita e ao secretário de saúde que dentro das normas legais e possíveis, que providenciem um fogão e uma geladeira para UBS Salete Cordeiro no Distrito do Guaporé.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/191/oficio_28-2022-prefeita_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/191/oficio_28-2022-prefeita_ronaldo.docx</t>
   </si>
   <si>
     <t>o fechamento da Av. 116  Nº 439/popular Rua do Boi no dia 27 de Março de 2022 , das  10:00 da manhã às 20:00 horas, onde será realizado  um evento para comemorar o aniversario de 01 ( um ano)  de abertura da Distribuidora Magalhães no Município de  Chupinguaia-RO.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/192/oficio_29-2022-ciretran_ronaldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/192/oficio_29-2022-ciretran_ronaldo.docx</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/193/oficio_30_-2022-policia_ronldo.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/193/oficio_30_-2022-policia_ronldo.docx</t>
   </si>
   <si>
     <t>, o fechamento da Av. 116  Nº 439/popular Rua do Boi no dia 27 de Março de 2022 , das  10:00 da manhã às 20:00 horas, onde será realizado  um evento para comemorar o aniversario de 01 ( um ano)  de abertura da Distribuidora Magalhães no Município de  Chupinguaia-RO.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/203/oficio_32-2022_prefeita_campeonato_-_copia.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/203/oficio_32-2022_prefeita_campeonato_-_copia.docx</t>
   </si>
   <si>
     <t>de se organizar  um Campeonato Municipal e Regional de Futsal de Veteranos acima de 35 anos.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/204/oficio_33-2022_joao_divino.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/204/oficio_33-2022_joao_divino.docx</t>
   </si>
   <si>
     <t>a possibilidade de se organizar um Campeonato Municipal e Regional de Futsal de Veteranos acima de 35 anos.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/205/oficio_39-2022-_senador_acir_gurgacz_1.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/205/oficio_39-2022-_senador_acir_gurgacz_1.docx</t>
   </si>
   <si>
     <t>Após cordiais comprimentos, venho através do presente, solicitar ao Excelentíssimo Senhor Senador Acir Gurgacz, a possibilidade de uma Emenda Parlamentar no valor de R$ 1.000.000,00 (Um Milhão de reais) para asfalto no Município de Chupinguaia.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/206/oficio_40-2021-_dep_fed._lucio_mosquini.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/206/oficio_40-2021-_dep_fed._lucio_mosquini.docx</t>
   </si>
   <si>
     <t>Após cordiais comprimentos, venho através do presente, solicitar ao Excelentíssimo Senhor Deputado Federal Lucio Mosquini, a possibilidade de uma Emenda Parlamentar no valor de R$ 1.000.000,00 (Um Milhão de reais) para broquetes no Município de Chupinguaia</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>solicitar o   patrocínio de uniformes  de futebol contendo 15 camisetas e 15 shorts com valor unitário de R$:85,00 reais o kit no valor total de  R$: 1.275,00 reais.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/241/oficio_71-2022-_senador_marcos_rogerio.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/241/oficio_71-2022-_senador_marcos_rogerio.docx</t>
   </si>
   <si>
     <t>solicitar ao Excelentíssimo Senhor Senador Marcos Rogério, a possibilidade de uma Emenda Parlamentar no valor de R$ 800.000,00 (Oitocentos mil reais) para construir uma creche no Loteamento Solar no Município de Chupinguaia.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/306/oficio_155-2021-_senador_marcos_rogerio_-_copia.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/306/oficio_155-2021-_senador_marcos_rogerio_-_copia.docx</t>
   </si>
   <si>
     <t>adquirir Adquirir 01 Trator Traçado Grande com Carretinha e Grade para o Distrito do Córgão.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/307/oficio_155-2021-_senador_marcos_rogerio.docx</t>
+    <t>http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/307/oficio_155-2021-_senador_marcos_rogerio.docx</t>
   </si>
   <si>
     <t>Emenda Parlamentar no valor de R$ 450.000,00 ( Quatrocentos e Cinqüenta mil Reais) para adquirir uma VAN  para a ASSOCIAÇÃO ESPORTIVA RECREATIVA  do Município de Chupinguaia.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2652,68 +2652,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/109/pl_2700_2022_financas_e_orcamentos.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/110/pl_2701_2022.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/136/transp_escolar_indenizacoes_e_restituicoes.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei-04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei-06.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/183/projeto_de_lei_2.714_semed_semad__fmia_r_352.00000_3.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_2.715_especial_ambulancia_excessio_r_209.31400_2.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_le_i_2716_especial_saude_r_544.73705.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_lei_2.717_especial_saude_r_177.11368.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_no_2.718-_altera_e_acrescenta_o_art._89_e_96_e_acrescenta_o_paragrafo_uncio_da_lei_compelmentar_02_-2012_auxilio_inspecao.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_2719.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_lei_2.720_especial_contrib_-camara_r_163_1.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_no._2.721_altera_a_lei_no._no._2414_-_2021_-_alterada-_pela_lei_no._2.194_-2018_1.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_2.723_semas.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_lei_2724_especial_convenio_calcada_e_parque_infantil_r.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_de_lei_semplan_e_saude_r_183.88755_2_1.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_denominacao_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_saude_-semed_r_325.00000.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/219/p.l_2.233_lar_dos_idosos_vilhena.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_2.734_saude_tec_i_r_74.40000.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_2.735_transp_escolar_exc_r_429.51483.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_2.736_especial_convenio_educacao_play_mais_e_atitude_saudavel_r432.30340_1.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_2.737_especial_semad_saae_saude_2.737.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_2.738_suplementar_motocicletas_saude_r_79.32600_1.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_ginasio_por_anulacao_r_288.82007_3_2.739.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_semectur_ginasio_r_431.40787_3_2.740.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_no._2.741_16-2021_-_semosp_-_doacao_de_lote_camara_municipal_1.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_2.747dev_saldo_conv_veiculo_r_11.68000_2.dotx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_lei_2.748_saude_excesso_r_1.591.29660.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/246/2.749contra_partida_da_ambulancia.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_2.750contrap_convenio_r_403.69212.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_2.751contrap_convenio_r_403.69212_1.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_2.752camara_anulacao_r_157.00000.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_2.753camara_superavti_r_40.00000.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_r_194.32153.__p.l_2.754.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/252/prpjeto_de_lei_no._2.755_-_prestacao_de_servico_-_semas_-_chamamento_publico_3.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/253/prpjeto_de_lei_no._2.756_-_prestacao_de_servico_-_semusa_-_licitacao.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_d_ele_2.759_i_terreno_r_800.00000_1.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/266/prpjeto_de_lei_no._2.760_acs.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/267/projeto_de_lei_2.761_especial_superavit_semfaz_obras_r_16.16946_1.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_2.762_saude_e_obras_r_490.06321.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/269/projeto_de_lei_2.763_semosp_r_757.20478_1.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_no._2.764_-_aquisicao_de_imovel_ok.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_2.765_doacao_terreno_forum_digital.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_lei_2.766_equipamentos_r_350.00000.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/273/projeto_de_lei_2.667_saude_r_225.45803.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/274/projeto_de_lei_2.768_saude_63.20000.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_ppa_2022-2025_1.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/279/proejto_na_2.772_repasse_apae_r_100.00000.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_de_lei_2.775_i_devolu_sd_campo_r_53.63785.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/293/projeto_de_lei_2.776_saude_r_235.33641.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_2.786.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/166/requuerimento_01-2022_idenei.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/156/pl_2.709_2022_crj_redacao_e_justica_acessibilidade.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/157/pl_2.710_2022_crj_redacao_e_justica__daniel_combone.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/242/pl_2.741_2022_crj__doacao_d_tereno.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/243/pl_2.742_2022_crj__doacao_d_tereno.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_toninho_001.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_toninho_002.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/111/004_2022.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/112/005_eder.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/113/006_eder.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/122/007_idenei.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/123/008_idenei.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/124/009_idenei.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_10_ver_maria.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_12.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_14-2022-_quebra-molas_ronaldo.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_15-2022-_quebra-molas_av.25_ronaldo.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/125/017_vanderci.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_18-2022_ver_nei.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_19-2022_nei.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_20-2022_ronaldo.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_212022_maria.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_22_2022_maria.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_23-2022_nei.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_24-2022fernando_tapa_buracos.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_025__eder.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_026__eder_2022.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/135/indicacao_027_2022.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/137/028_rubens2022.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/138/029_rubens2022.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/139/030_ronaldo_2022.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/140/031_ronaldo_2022.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/141/032_vanderci2022.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/142/033_denilsom2022.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/143/034_denilsom2022.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/145/036_fernando2022.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/146/037_tonimho2022.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/147/038_denilsom2022.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_392022.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/149/040_maria2022.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/150/041_eder2022.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/151/042_eder2022.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/152/043_eder2022.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/158/044_rubens2022.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/159/045_denilsom_2022.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/160/046_fernando2022.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/161/047_ronaldo_c_2022.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/162/048_eder2022.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/163/049_eder2022.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/180/050_toninho2022.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/164/051_maria2022.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/165/053_maria2022.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/173/054_idenei2022.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/174/055_idenei2022.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/175/056_toninho2022.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/176/057_maria2022.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/177/058_maria2022.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/179/060eder2022.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/194/061_fernando.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/195/062_fernando.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/196/063_ronaldo.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/197/064_toninho.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/198/066_maria.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/199/067_maria.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/200/068_maria.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_11_ver_maria.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/209/086_maria_1.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/210/087_maria_1.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/211/088_maria_1.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/212/089_ronaldo.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/213/090_fernando.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/214/091_fernando.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/215/092_eder.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao_94_maria.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/226/095_denilson_1.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/233/096_maria.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao_97_ronaldo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_98_ronaldo.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_99_ronaldo.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/230/100_fernando.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/231/101_fernando.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/232/102_toninho.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/234/103_fernando.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/235/104_eder.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/236/105_maria.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/237/107_eder.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/254/112_toninho.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/256/113_eder.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/255/114_maria.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/258/115_maria.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/259/116_eder.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/260/117_eder.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/261/118_rronaldo.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/262/119_ronaldo.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/263/120_maria.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/264/121_idenei.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/275/122_toninho_1.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/276/123_ronaldo.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/277/124_vanderci.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/278/125_maria.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/280/126_maria.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/282/127_denilsom.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/283/128_idenei.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/284/129_fernando.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/285/130_toninho.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/286/131_toninho.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/287/132_fernando.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/289/134_denilsom.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/290/135_maria.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/291/136_eder.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/294/137_idenei.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/295/140_idenei.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/299/148_eder.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/297/149_toninho.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/300/150_ronaldo.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/304/154_fernando.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/305/155_ronaldo.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/298/156_toninho.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/301/151_vanderci.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/302/152_vanderci.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/303/153_fernando.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_toninho_003.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/153/oficio_18-2022-_dep._est._alan_de_queiroz_praca_ronaldo.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/167/oficio_018_secretario_de_saude_toninho.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/168/oficio_019_prefeita_sheila_toninho.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/169/oficio_18-2022-_dep._est._alan_de_queiroz_praca_ronaldo.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/170/oficio_19_-_manutencao_da_gleba_canariomaria.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/171/oficio_22_-_manutencao_do_setor_chmaria.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/172/oficio_24-_prefeitamaria.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/191/oficio_28-2022-prefeita_ronaldo.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/192/oficio_29-2022-ciretran_ronaldo.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/193/oficio_30_-2022-policia_ronldo.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/203/oficio_32-2022_prefeita_campeonato_-_copia.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/204/oficio_33-2022_joao_divino.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/205/oficio_39-2022-_senador_acir_gurgacz_1.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/206/oficio_40-2021-_dep_fed._lucio_mosquini.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/241/oficio_71-2022-_senador_marcos_rogerio.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/306/oficio_155-2021-_senador_marcos_rogerio_-_copia.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/307/oficio_155-2021-_senador_marcos_rogerio.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/109/pl_2700_2022_financas_e_orcamentos.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/110/pl_2701_2022.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/136/transp_escolar_indenizacoes_e_restituicoes.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/154/projeto_de_lei-04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/155/projeto_de_lei-06.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/183/projeto_de_lei_2.714_semed_semad__fmia_r_352.00000_3.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/184/projeto_de_lei_2.715_especial_ambulancia_excessio_r_209.31400_2.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/185/projeto_le_i_2716_especial_saude_r_544.73705.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/186/projeto_lei_2.717_especial_saude_r_177.11368.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/187/projeto_de_lei_no_2.718-_altera_e_acrescenta_o_art._89_e_96_e_acrescenta_o_paragrafo_uncio_da_lei_compelmentar_02_-2012_auxilio_inspecao.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/188/projeto_de_lei_2719.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/189/projeto_lei_2.720_especial_contrib_-camara_r_163_1.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/190/projeto_de_lei_no._2.721_altera_a_lei_no._no._2414_-_2021_-_alterada-_pela_lei_no._2.194_-2018_1.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/201/projeto_de_lei_2.723_semas.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/202/projeto_lei_2724_especial_convenio_calcada_e_parque_infantil_r.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/207/projeto_de_lei_semplan_e_saude_r_183.88755_2_1.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/208/projeto_denominacao_da_farmacia.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/218/projeto_de_lei_saude_-semed_r_325.00000.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/219/p.l_2.233_lar_dos_idosos_vilhena.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/220/projeto_de_lei_2.734_saude_tec_i_r_74.40000.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/221/projeto_de_lei_2.735_transp_escolar_exc_r_429.51483.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/222/projeto_de_lei_2.736_especial_convenio_educacao_play_mais_e_atitude_saudavel_r432.30340_1.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/223/projeto_de_lei_2.737_especial_semad_saae_saude_2.737.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/224/projeto_de_lei_2.738_suplementar_motocicletas_saude_r_79.32600_1.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/238/projeto_de_lei_ginasio_por_anulacao_r_288.82007_3_2.739.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/239/projeto_de_lei_semectur_ginasio_r_431.40787_3_2.740.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/240/projeto_de_lei_no._2.741_16-2021_-_semosp_-_doacao_de_lote_camara_municipal_1.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/244/projeto_de_lei_2.747dev_saldo_conv_veiculo_r_11.68000_2.dotx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/245/projeto_de_lei_2.748_saude_excesso_r_1.591.29660.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/246/2.749contra_partida_da_ambulancia.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/247/projeto_de_lei_2.750contrap_convenio_r_403.69212.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/250/projeto_de_lei_2.751contrap_convenio_r_403.69212_1.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/248/projeto_de_lei_2.752camara_anulacao_r_157.00000.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/249/projeto_de_lei_2.753camara_superavti_r_40.00000.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/251/projeto_de_lei_r_194.32153.__p.l_2.754.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/252/prpjeto_de_lei_no._2.755_-_prestacao_de_servico_-_semas_-_chamamento_publico_3.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/253/prpjeto_de_lei_no._2.756_-_prestacao_de_servico_-_semusa_-_licitacao.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/265/projeto_d_ele_2.759_i_terreno_r_800.00000_1.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/266/prpjeto_de_lei_no._2.760_acs.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/267/projeto_de_lei_2.761_especial_superavit_semfaz_obras_r_16.16946_1.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/268/projeto_de_lei_2.762_saude_e_obras_r_490.06321.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/269/projeto_de_lei_2.763_semosp_r_757.20478_1.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/270/projeto_de_lei_no._2.764_-_aquisicao_de_imovel_ok.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/271/projeto_de_lei_2.765_doacao_terreno_forum_digital.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/272/projeto_de_lei_2.766_equipamentos_r_350.00000.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/273/projeto_de_lei_2.667_saude_r_225.45803.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/274/projeto_de_lei_2.768_saude_63.20000.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/281/projeto_de_lei_ppa_2022-2025_1.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/279/proejto_na_2.772_repasse_apae_r_100.00000.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_de_lei_2.775_i_devolu_sd_campo_r_53.63785.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/293/projeto_de_lei_2.776_saude_r_235.33641.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/296/projeto_2.786.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/166/requuerimento_01-2022_idenei.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/156/pl_2.709_2022_crj_redacao_e_justica_acessibilidade.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/157/pl_2.710_2022_crj_redacao_e_justica__daniel_combone.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/242/pl_2.741_2022_crj__doacao_d_tereno.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/243/pl_2.742_2022_crj__doacao_d_tereno.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_toninho_001.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/120/indicacao_toninho_002.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/111/004_2022.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/112/005_eder.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/113/006_eder.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/122/007_idenei.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/123/008_idenei.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/124/009_idenei.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/115/indicacao_10_ver_maria.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/114/indicacao_12.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_14-2022-_quebra-molas_ronaldo.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_15-2022-_quebra-molas_av.25_ronaldo.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/125/017_vanderci.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_18-2022_ver_nei.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_19-2022_nei.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_20-2022_ronaldo.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_212022_maria.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_22_2022_maria.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/131/indicacao_23-2022_nei.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_24-2022fernando_tapa_buracos.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_025__eder.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_026__eder_2022.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/135/indicacao_027_2022.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/137/028_rubens2022.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/138/029_rubens2022.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/139/030_ronaldo_2022.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/140/031_ronaldo_2022.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/141/032_vanderci2022.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/142/033_denilsom2022.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/143/034_denilsom2022.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/145/036_fernando2022.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/146/037_tonimho2022.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/147/038_denilsom2022.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_392022.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/149/040_maria2022.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/150/041_eder2022.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/151/042_eder2022.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/152/043_eder2022.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/158/044_rubens2022.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/159/045_denilsom_2022.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/160/046_fernando2022.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/161/047_ronaldo_c_2022.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/162/048_eder2022.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/163/049_eder2022.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/180/050_toninho2022.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/164/051_maria2022.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/165/053_maria2022.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/173/054_idenei2022.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/174/055_idenei2022.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/175/056_toninho2022.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/176/057_maria2022.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/177/058_maria2022.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/179/060eder2022.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/194/061_fernando.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/195/062_fernando.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/196/063_ronaldo.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/197/064_toninho.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/198/066_maria.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/199/067_maria.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/200/068_maria.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_11_ver_maria.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/209/086_maria_1.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/210/087_maria_1.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/211/088_maria_1.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/212/089_ronaldo.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/213/090_fernando.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/214/091_fernando.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/215/092_eder.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/225/indicacao_94_maria.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/226/095_denilson_1.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/233/096_maria.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/227/indicacao_97_ronaldo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/228/indicacao_98_ronaldo.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/229/indicacao_99_ronaldo.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/230/100_fernando.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/231/101_fernando.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/232/102_toninho.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/234/103_fernando.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/235/104_eder.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/236/105_maria.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/237/107_eder.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/254/112_toninho.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/256/113_eder.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/255/114_maria.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/258/115_maria.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/259/116_eder.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/260/117_eder.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/261/118_rronaldo.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/262/119_ronaldo.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/263/120_maria.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/264/121_idenei.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/275/122_toninho_1.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/276/123_ronaldo.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/277/124_vanderci.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/278/125_maria.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/280/126_maria.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/282/127_denilsom.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/283/128_idenei.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/284/129_fernando.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/285/130_toninho.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/286/131_toninho.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/287/132_fernando.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/289/134_denilsom.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/290/135_maria.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/291/136_eder.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/294/137_idenei.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/295/140_idenei.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/299/148_eder.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/297/149_toninho.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/300/150_ronaldo.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/304/154_fernando.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/305/155_ronaldo.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/298/156_toninho.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/301/151_vanderci.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/302/152_vanderci.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/303/153_fernando.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_toninho_003.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/153/oficio_18-2022-_dep._est._alan_de_queiroz_praca_ronaldo.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/167/oficio_018_secretario_de_saude_toninho.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/168/oficio_019_prefeita_sheila_toninho.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/169/oficio_18-2022-_dep._est._alan_de_queiroz_praca_ronaldo.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/170/oficio_19_-_manutencao_da_gleba_canariomaria.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/171/oficio_22_-_manutencao_do_setor_chmaria.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/172/oficio_24-_prefeitamaria.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/191/oficio_28-2022-prefeita_ronaldo.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/192/oficio_29-2022-ciretran_ronaldo.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/193/oficio_30_-2022-policia_ronldo.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/203/oficio_32-2022_prefeita_campeonato_-_copia.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/204/oficio_33-2022_joao_divino.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/205/oficio_39-2022-_senador_acir_gurgacz_1.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/206/oficio_40-2021-_dep_fed._lucio_mosquini.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/241/oficio_71-2022-_senador_marcos_rogerio.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/306/oficio_155-2021-_senador_marcos_rogerio_-_copia.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chupinguaia.ro.leg.br/media/sapl/public/materialegislativa/2022/307/oficio_155-2021-_senador_marcos_rogerio.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H201"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="209.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="208.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>